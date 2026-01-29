--- v0 (2025-10-22)
+++ v1 (2026-01-29)
@@ -1,97 +1,98 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="wdp" ContentType="image/vnd.ms-photo"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:p w:rsidR="00B904AB" w:rsidRDefault="00B904AB" w:rsidP="00B904AB">
       <w:pPr>
         <w:bidi/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="B Lotus"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB4583">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="25D5D0D7" wp14:editId="16B99044">
             <wp:extent cx="771525" cy="744220"/>
             <wp:effectExtent l="0" t="0" r="9525" b="0"/>
             <wp:docPr id="1" name="Picture 1" descr="C:\Users\velayat\Desktop\velayat logo_1714892599442.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\velayat\Desktop\velayat logo_1714892599442.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4">
+                    <a:blip r:embed="rId5">
                       <a:extLst>
                         <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
                           <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
-                            <a14:imgLayer r:embed="rId5">
+                            <a14:imgLayer r:embed="rId6">
                               <a14:imgEffect>
                                 <a14:saturation sat="0"/>
                               </a14:imgEffect>
                             </a14:imgLayer>
                           </a14:imgProps>
                         </a:ext>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="773965" cy="746574"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
@@ -168,54 +169,54 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B904AB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="B Lotus" w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>تحصیلات تکمیلی</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9390" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3007"/>
         <w:gridCol w:w="1826"/>
-        <w:gridCol w:w="2901"/>
-        <w:gridCol w:w="1656"/>
+        <w:gridCol w:w="2788"/>
+        <w:gridCol w:w="1769"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000E19C5" w:rsidRPr="00B904AB" w:rsidTr="00B904AB">
+      <w:tr w:rsidR="000E19C5" w:rsidRPr="00B904AB" w:rsidTr="00A82805">
         <w:trPr>
           <w:trHeight w:val="947"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3007" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="000E19C5" w:rsidRPr="00B904AB" w:rsidRDefault="000E19C5" w:rsidP="00076733">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="B Lotus"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1826" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EAEAEA"/>
@@ -224,97 +225,97 @@
           <w:p w:rsidR="000E19C5" w:rsidRPr="00B904AB" w:rsidRDefault="000E19C5" w:rsidP="00076733">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="B Lotus"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B904AB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="B Lotus" w:hint="cs"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>نام خانوادگی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2901" w:type="dxa"/>
+            <w:tcW w:w="2788" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="000E19C5" w:rsidRPr="00B904AB" w:rsidRDefault="000E19C5" w:rsidP="00076733">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="B Lotus"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1656" w:type="dxa"/>
+            <w:tcW w:w="1769" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EAEAEA"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="000E19C5" w:rsidRPr="00B904AB" w:rsidRDefault="000E19C5" w:rsidP="00076733">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="B Lotus"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B904AB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="B Lotus" w:hint="cs"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>نام</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E19C5" w:rsidRPr="00B904AB" w:rsidTr="00B904AB">
+      <w:tr w:rsidR="000E19C5" w:rsidRPr="00B904AB" w:rsidTr="00A82805">
         <w:trPr>
           <w:trHeight w:val="617"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3007" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="000E19C5" w:rsidRPr="00B904AB" w:rsidRDefault="000E19C5" w:rsidP="00076733">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="B Lotus"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1826" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EAEAEA"/>
@@ -322,225 +323,215 @@
           </w:tcPr>
           <w:p w:rsidR="000E19C5" w:rsidRPr="00B904AB" w:rsidRDefault="000E19C5" w:rsidP="00076733">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="B Lotus"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B904AB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="B Lotus"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>Last name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2901" w:type="dxa"/>
+            <w:tcW w:w="2788" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="000E19C5" w:rsidRPr="00B904AB" w:rsidRDefault="000E19C5" w:rsidP="00076733">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="B Lotus"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1656" w:type="dxa"/>
+            <w:tcW w:w="1769" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EAEAEA"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="000E19C5" w:rsidRPr="00B904AB" w:rsidRDefault="00524CE7" w:rsidP="00076733">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="B Lotus"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B904AB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="B Lotus"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t xml:space="preserve">First </w:t>
             </w:r>
             <w:r w:rsidR="000E19C5" w:rsidRPr="00B904AB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="B Lotus"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>name</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E19C5" w:rsidRPr="00B904AB" w:rsidTr="00B904AB">
+      <w:tr w:rsidR="000E19C5" w:rsidRPr="00B904AB" w:rsidTr="00A82805">
         <w:trPr>
           <w:trHeight w:val="960"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3007" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="000E19C5" w:rsidRPr="00B904AB" w:rsidRDefault="000E19C5" w:rsidP="00076733">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="B Lotus"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1826" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EAEAEA"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000E19C5" w:rsidRPr="00B904AB" w:rsidRDefault="00076733" w:rsidP="00076733">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00B904AB">
+          <w:p w:rsidR="000E19C5" w:rsidRPr="00B904AB" w:rsidRDefault="00A82805" w:rsidP="00076733">
+            <w:pPr>
+              <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="B Lotus" w:hint="cs"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82805">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="B Lotus"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>شماره موبا</w:t>
+              <w:t>کد مل</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B904AB">
+            <w:r w:rsidRPr="00A82805">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="B Lotus" w:hint="cs"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>ی</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B904AB">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="B Lotus" w:hint="eastAsia"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2788" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000E19C5" w:rsidRPr="00B904AB" w:rsidRDefault="000E19C5" w:rsidP="00076733">
+            <w:pPr>
+              <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="B Lotus"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="EAEAEA"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000E19C5" w:rsidRPr="00B904AB" w:rsidRDefault="00A82805" w:rsidP="00076733">
+            <w:pPr>
+              <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="B Lotus"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>ل</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="B Lotus" w:hint="cs"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>شماره دانشجویی</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...46 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E19C5" w:rsidRPr="00B904AB" w:rsidTr="00B904AB">
+      <w:tr w:rsidR="000E19C5" w:rsidRPr="00B904AB" w:rsidTr="00A82805">
         <w:trPr>
           <w:trHeight w:val="947"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3007" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="000E19C5" w:rsidRPr="00B904AB" w:rsidRDefault="000E19C5" w:rsidP="00076733">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="B Lotus"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1826" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EAEAEA"/>
@@ -549,908 +540,1047 @@
           <w:p w:rsidR="00076733" w:rsidRPr="00B904AB" w:rsidRDefault="00076733" w:rsidP="00076733">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="B Lotus"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B904AB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="B Lotus" w:hint="cs"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>مقطع تحصیلی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2901" w:type="dxa"/>
+            <w:tcW w:w="2788" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="000E19C5" w:rsidRPr="00B904AB" w:rsidRDefault="000E19C5" w:rsidP="00076733">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="B Lotus"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1656" w:type="dxa"/>
+            <w:tcW w:w="1769" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EAEAEA"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="000E19C5" w:rsidRPr="00B904AB" w:rsidRDefault="000E19C5" w:rsidP="00076733">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="B Lotus"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B904AB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="B Lotus" w:hint="cs"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>رشته تحصیلی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A82805" w:rsidRPr="00B904AB" w:rsidTr="00E01331">
+        <w:trPr>
+          <w:trHeight w:val="947"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7621" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A82805" w:rsidRPr="00B904AB" w:rsidRDefault="00A82805" w:rsidP="00076733">
+            <w:pPr>
+              <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="B Lotus"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="EAEAEA"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A82805" w:rsidRPr="00B904AB" w:rsidRDefault="00A82805" w:rsidP="00076733">
+            <w:pPr>
+              <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="B Lotus" w:hint="cs"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82805">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="B Lotus"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>شماره موبا</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82805">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="B Lotus" w:hint="cs"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>ی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82805">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="B Lotus" w:hint="eastAsia"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>ل</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00524CE7" w:rsidRPr="00B904AB" w:rsidTr="00B904AB">
         <w:trPr>
           <w:trHeight w:val="947"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9390" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00524CE7" w:rsidRPr="00B904AB" w:rsidRDefault="00524CE7" w:rsidP="00076733">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="B Lotus" w:hint="cs"/>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="B Lotus"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B904AB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="B Lotus" w:hint="cs"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>عنوان پایان نامه یا رساله:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B904AB" w:rsidRPr="00B904AB" w:rsidTr="00B904AB">
+      <w:tr w:rsidR="00B904AB" w:rsidRPr="00B904AB" w:rsidTr="00A82805">
         <w:trPr>
           <w:trHeight w:val="1670"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4833" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00B904AB" w:rsidRPr="00B904AB" w:rsidRDefault="00B904AB" w:rsidP="00B904AB">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="B Lotus"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B904AB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="B Lotus" w:hint="cs"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>تایید و امضاء استاد راهنما</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2901" w:type="dxa"/>
+            <w:tcW w:w="2788" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00B904AB" w:rsidRPr="00B904AB" w:rsidRDefault="00B904AB" w:rsidP="00076733">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="B Lotus"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1656" w:type="dxa"/>
+            <w:tcW w:w="1769" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EAEAEA"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00B904AB" w:rsidRPr="00B904AB" w:rsidRDefault="00B904AB" w:rsidP="00076733">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="B Lotus"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B904AB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="B Lotus" w:hint="cs"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>نام استاد راهنما</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B904AB" w:rsidRPr="00B904AB" w:rsidTr="002C19E3">
+      <w:tr w:rsidR="00B904AB" w:rsidRPr="00B904AB" w:rsidTr="00A82805">
         <w:trPr>
           <w:trHeight w:val="1670"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4833" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00B904AB" w:rsidRPr="00B904AB" w:rsidRDefault="00B904AB" w:rsidP="00B904AB">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="B Lotus"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B904AB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="B Lotus" w:hint="cs"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>تایید و امضاء مدیر گروه</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2901" w:type="dxa"/>
+            <w:tcW w:w="2788" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00B904AB" w:rsidRPr="00B904AB" w:rsidRDefault="00B904AB" w:rsidP="00076733">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="B Lotus"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1656" w:type="dxa"/>
+            <w:tcW w:w="1769" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EAEAEA"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00B904AB" w:rsidRPr="00B904AB" w:rsidRDefault="00B904AB" w:rsidP="00076733">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="B Lotus"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B904AB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="B Lotus" w:hint="cs"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>نام مدیر گروه</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="000E19C5" w:rsidRPr="00B904AB" w:rsidRDefault="000E19C5" w:rsidP="000E19C5">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="B Lotus"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="000E19C5" w:rsidRPr="00B904AB" w:rsidRDefault="000E19C5" w:rsidP="00AC5C90">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="B Lotus"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B904AB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="B Lotus" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>امضاء درخواست کننده</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000E19C5" w:rsidRPr="00B904AB" w:rsidRDefault="00AC5C90" w:rsidP="000E19C5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="B Lotus"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B904AB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="B Lotus" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">تاریخ                    </w:t>
+        <w:t xml:space="preserve">تاریخ       </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00B904AB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="B Lotus" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             </w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="000E19C5" w:rsidRPr="00B904AB">
+    <w:sectPr w:rsidR="000E19C5" w:rsidRPr="00B904AB" w:rsidSect="00A82805">
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1440" w:right="1440" w:bottom="993" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="B Lotus">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="B Nazanin">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000E19C5"/>
     <w:rsid w:val="00076733"/>
     <w:rsid w:val="000E19C5"/>
     <w:rsid w:val="00524CE7"/>
     <w:rsid w:val="005705C2"/>
+    <w:rsid w:val="00A82805"/>
     <w:rsid w:val="00AC5C90"/>
     <w:rsid w:val="00B904AB"/>
     <w:rsid w:val="00F34D1B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{A5893CD6-4B91-4924-A746-2D17B8561C7F}"/>
+  <w:decimalSymbol w:val="/"/>
+  <w:listSeparator w:val="؛"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...370 lines deleted...]
-    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="000E19C5"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalloonText">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A82805"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A82805"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="000E19C5"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalloonText">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A82805"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A82805"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="media/hdphoto1.wdp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="media/hdphoto1.wdp"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1696,68 +1826,68 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>45</Words>
-  <Characters>260</Characters>
+  <Words>48</Words>
+  <Characters>274</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>2</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>P30Download.com Group</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>304</CharactersWithSpaces>
+  <CharactersWithSpaces>321</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Windows User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>